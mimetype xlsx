--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Standards" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="148">
   <si>
     <t>Standard ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Sub-categories</t>
   </si>
   <si>
     <t>Owner</t>
   </si>
   <si>
     <t>Owner Email</t>
   </si>
   <si>
@@ -86,125 +86,146 @@
     <t>N/A</t>
   </si>
   <si>
     <t>Accessibility Statements</t>
   </si>
   <si>
     <t>A standard for ensuring accessibility of departmental websites and mobile apps, aimed at user-centred design teams, product and delivery managers, and service owners.</t>
   </si>
   <si>
     <t>User-Centred Design and Accessibility</t>
   </si>
   <si>
     <t>Accessibility</t>
   </si>
   <si>
     <t>Andy Jones</t>
   </si>
   <si>
     <t>andy.jones@education.gov.uk</t>
   </si>
   <si>
     <t>Jake Lloyd</t>
   </si>
   <si>
     <t>jake.lloyd@education.gov.uk</t>
+  </si>
+  <si>
+    <t>Access to Cloud Resources within the DfE Enterprise Landing Zone Model (ELZM)</t>
+  </si>
+  <si>
+    <t>This standard defines the Department for Education (DfE)'s approach to the principle of least privilege when accessing or managing resources within the DfE’s Enterprise Landing Zone Model (ELZM).</t>
+  </si>
+  <si>
+    <t>IT Operations, Security, Technical</t>
+  </si>
+  <si>
+    <t>Infrastructure Operations, Technical Management</t>
+  </si>
+  <si>
+    <t>Jane Houston</t>
+  </si>
+  <si>
+    <t>jane.houston@education.gov.uk</t>
   </si>
   <si>
     <t>API Management</t>
   </si>
   <si>
     <t xml:space="preserve">All DfE Application Programming Interfaces (APIs) must be accessed and managed within Find and Use an API (FaUAPI), the department's API management platform. 
 This will enhance the user experience by providing all APIs in one place and benefit the department by reducing technology spend, with economies of scale.</t>
   </si>
   <si>
     <t>Architecture, Technical</t>
   </si>
   <si>
     <t>Data Architecture, Technical Architecture, Technical Management</t>
   </si>
   <si>
     <t>Iain McIntosh</t>
   </si>
   <si>
     <t>iain.mcintosh@education.gov.uk</t>
   </si>
   <si>
     <t>Greta Smalley</t>
   </si>
   <si>
     <t>greta.smalley@education.gov.uk</t>
   </si>
   <si>
     <t>Archiving and records management</t>
   </si>
   <si>
     <t>This standard details how to create, maintain and archive records in the department.</t>
   </si>
   <si>
     <t>Information and Data Management</t>
   </si>
   <si>
     <t>Data Lifecycle</t>
   </si>
   <si>
-    <t>Saheel Sankriwala</t>
-[...2 lines deleted...]
-    <t>saheel.sankriwala@education.gov.uk</t>
+    <t>Data Compliance Team</t>
+  </si>
+  <si>
+    <t>ddt.standards@education.gov.uk</t>
   </si>
   <si>
     <t>DDT Standards</t>
   </si>
   <si>
     <t>ddt.standards+1@education.gov.uk</t>
   </si>
   <si>
+    <t>Business Process Notation</t>
+  </si>
+  <si>
+    <t>Documenting business processes support shared understanding, identification of inefficiencies, and delivering transformation. It helps teams to define responsibilities, dependencies, sequential ordering, and outcomes, and supports training, knowledge sharing, auditing, and continuity.</t>
+  </si>
+  <si>
+    <t>Architecture, Product and Delivery</t>
+  </si>
+  <si>
+    <t>Business Architecture, Business Analysis</t>
+  </si>
+  <si>
+    <t>Emily Saunderson</t>
+  </si>
+  <si>
+    <t>emily.saunderson@education.gov.uk</t>
+  </si>
+  <si>
+    <t>Barinderjeet Sahota</t>
+  </si>
+  <si>
+    <t>barinderjeet.sahota@education.gov.uk</t>
+  </si>
+  <si>
     <t>Business Process Tooling</t>
   </si>
   <si>
-    <t>Documenting business processes support shared understanding, identification of inefficiencies, and delivering transformation. It helps teams to define responsibilities, dependencies, sequential ordering, and outcomes, and supports training, knowledge sharing, auditing, and continuity.</t>
-[...19 lines deleted...]
-  <si>
     <t>Cloud Hosting Platform</t>
   </si>
   <si>
     <t xml:space="preserve">This standard covers the cloud computing hosting platform used for the development, operation and maintenance of all bespoke, DfE-developed products. </t>
   </si>
   <si>
     <t>Solution Architecture, Technical Architecture, Security Management</t>
   </si>
   <si>
     <t>Huw Evans</t>
   </si>
   <si>
     <t>huw.evans@education.gov.uk</t>
   </si>
   <si>
     <t>Angie Paylor, Ritesh Patel</t>
   </si>
   <si>
     <t>angie.paylor@education.gov.uk, ritesh.patel@education.gov.uk</t>
   </si>
   <si>
     <t>Customer Relationship Management (CRM)</t>
   </si>
   <si>
     <t>This standard outlines the guidelines and best practice for using Customer Relationship Management (CRM) services within the Department for Education.</t>
@@ -428,54 +449,54 @@
   <si>
     <t>Service Management</t>
   </si>
   <si>
     <t>Service Management is defined as the management and implementation of digital and technology IT services that meet business needs through a set of best practices and collaboration between IT, processes, and people.</t>
   </si>
   <si>
     <t>IT Operations</t>
   </si>
   <si>
     <t>IT Service Management</t>
   </si>
   <si>
     <t>Angus Rae</t>
   </si>
   <si>
     <t>angus.rae@education.gov.uk</t>
   </si>
   <si>
     <t>Andy McBeath, Steve Goff, Ushma Gill</t>
   </si>
   <si>
     <t>andy.mcbeath@education.gov.uk, steven.goff@education.gov.uk, ushma.gill@education.gov.uk</t>
   </si>
   <si>
-    <t>Total number of standards: 29</t>
-[...2 lines deleted...]
-    <t>Date produced: 18 Oct 2025, 22:41</t>
+    <t>Total number of standards: 31</t>
+  </si>
+  <si>
+    <t>Date produced: 17 Jan 2026, 02:13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <u/>
       <color rgb="0563C1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -822,56 +843,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/accessibility-conformance" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/accessibility-statements" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/api-management" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/archiving-and-records-management" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/business-process-tooling" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/cloud-hosting-platform" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/customer-relationship-management" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-and-information-risk-management" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-anonymisation-pseudonymisation-and-obfuscation" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-backup-and-recovery" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-classification" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-decommissioning" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-ethics" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-handling" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-management" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-protection" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-quality" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-retention-and-disposal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-sharing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/digital-product-branding" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/identity-management-b2b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/identitymanagementb2c" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/identity-management-b2e" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/managing-information-assets" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/participant-safeguarding-in-user-research" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/personal-data-breach" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/personal-data-handling-in-user-research" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/plain-language" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/service-management" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/accessibility-conformance" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/accessibility-statements" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/accesstocloudresourceswithinthedfeenterpriselandingzonemodelelzm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/api-management" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/archiving-and-records-management" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/businessprocessnotation" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/business-process-tooling" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/cloud-hosting-platform" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/customer-relationship-management" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-and-information-risk-management" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-anonymisation-pseudonymisation-and-obfuscation" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-backup-and-recovery" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-classification" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-decommissioning" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-ethics" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-handling" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-management" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-protection" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-quality" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-retention-and-disposal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/data-sharing" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/digital-product-branding" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/identity-management-b2b" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/identitymanagementb2c" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/identity-management-b2e" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/managing-information-assets" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/participant-safeguarding-in-user-research" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/personal-data-breach" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/personal-data-handling-in-user-research" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/plain-language" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://standards.education.gov.uk/standard/service-management" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:J34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="40" customWidth="1"/>
     <col min="3" max="6" width="50" customWidth="1"/>
     <col min="7" max="7" width="25" customWidth="1"/>
     <col min="8" max="8" width="30" customWidth="1"/>
     <col min="9" max="9" width="25" customWidth="1"/>
     <col min="10" max="10" width="30" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -937,951 +958,1017 @@
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4">
-        <v>1057</v>
+        <v>1189</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>27</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>29</v>
       </c>
       <c r="G4" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I4" t="s">
         <v>30</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A5">
-        <v>83</v>
+        <v>1057</v>
       </c>
       <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
         <v>34</v>
       </c>
-      <c r="C5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>35</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>37</v>
       </c>
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>38</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>1123</v>
+        <v>83</v>
       </c>
       <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
         <v>42</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="F6" t="s">
         <v>43</v>
       </c>
-      <c r="E6" t="s">
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>45</v>
       </c>
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>46</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7">
-        <v>82</v>
+        <v>1222</v>
       </c>
       <c r="B7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
         <v>50</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="F7" t="s">
         <v>51</v>
       </c>
-      <c r="E7" t="s">
-[...2 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>52</v>
       </c>
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>53</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>54</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8">
-        <v>760</v>
+        <v>1123</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="G8" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="I8" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="J8" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9">
-        <v>128</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J9" t="s">
         <v>63</v>
-      </c>
-[...22 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10">
-        <v>132</v>
+        <v>760</v>
       </c>
       <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" t="s">
         <v>68</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="J10" t="s">
         <v>69</v>
-      </c>
-[...16 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
         <v>71</v>
       </c>
-      <c r="C11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
         <v>72</v>
       </c>
-      <c r="E11" t="s">
-[...2 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11" t="s">
+        <v>45</v>
+      </c>
+      <c r="I11" t="s">
         <v>73</v>
       </c>
-      <c r="G11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E12" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
         <v>77</v>
       </c>
       <c r="G12" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H12" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J12" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B13" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>79</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
         <v>80</v>
       </c>
       <c r="G13" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H13" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I13" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="J13" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>82</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="F14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G14" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H14" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I14" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J14" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="F15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G15" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H15" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I15" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="J15" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="G16" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I16" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F17" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I17" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J17" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B18" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>93</v>
       </c>
       <c r="G18" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I18" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="J18" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19">
-        <v>92</v>
+        <v>151</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G19" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H19" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I19" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J19" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G20" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H20" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I20" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J20" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21">
-        <v>301</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="I21" t="s">
-        <v>17</v>
+        <v>73</v>
       </c>
       <c r="J21" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22">
-        <v>78</v>
+        <v>155</v>
       </c>
       <c r="B22" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G22" t="s">
-        <v>106</v>
+        <v>44</v>
       </c>
       <c r="H22" t="s">
-        <v>107</v>
+        <v>45</v>
       </c>
       <c r="I22" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="J22" t="s">
-        <v>109</v>
+        <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23">
-        <v>100</v>
+        <v>301</v>
       </c>
       <c r="B23" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E23" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F23" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G23" t="s">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="I23" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="J23" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B24" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>111</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
         <v>112</v>
       </c>
-      <c r="C24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="G24" t="s">
         <v>113</v>
       </c>
-      <c r="E24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H24" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="I24" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="J24" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B25" t="s">
+        <v>117</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>118</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>112</v>
+      </c>
+      <c r="G25" t="s">
+        <v>113</v>
+      </c>
+      <c r="H25" t="s">
         <v>114</v>
       </c>
-      <c r="C25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="I25" t="s">
         <v>115</v>
       </c>
-      <c r="E25" t="s">
-[...2 lines deleted...]
-      <c r="F25" t="s">
+      <c r="J25" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B26" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F26" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="G26" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="H26" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="I26" t="s">
-        <v>17</v>
+        <v>115</v>
       </c>
       <c r="J26" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="B27" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
         <v>122</v>
       </c>
-      <c r="C27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
         <v>123</v>
       </c>
-      <c r="E27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H27" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I27" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="J27" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B28" t="s">
         <v>124</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>125</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="G28" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="H28" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="I28" t="s">
         <v>17</v>
       </c>
       <c r="J28" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A29">
-        <v>529</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H29" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="I29" t="s">
-        <v>129</v>
+        <v>73</v>
       </c>
       <c r="J29" t="s">
-        <v>130</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A30">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>131</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>132</v>
       </c>
       <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" t="s">
+        <v>127</v>
+      </c>
+      <c r="H30" t="s">
+        <v>128</v>
+      </c>
+      <c r="I30" t="s">
+        <v>17</v>
+      </c>
+      <c r="J30" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31">
+        <v>529</v>
+      </c>
+      <c r="B31" t="s">
         <v>133</v>
       </c>
-      <c r="F30" t="s">
+      <c r="C31" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
         <v>134</v>
       </c>
-      <c r="G30" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>135</v>
       </c>
-      <c r="H30" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31" t="s">
+        <v>23</v>
+      </c>
+      <c r="I31" t="s">
         <v>136</v>
       </c>
-      <c r="I30" t="s">
+      <c r="J31" t="s">
         <v>137</v>
       </c>
-      <c r="J30" t="s">
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A32">
+        <v>84</v>
+      </c>
+      <c r="B32" t="s">
         <v>138</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
         <v>139</v>
       </c>
-      <c r="D32" s="1" t="s">
+      <c r="E32" t="s">
         <v>140</v>
+      </c>
+      <c r="F32" t="s">
+        <v>141</v>
+      </c>
+      <c r="G32" t="s">
+        <v>142</v>
+      </c>
+      <c r="H32" t="s">
+        <v>143</v>
+      </c>
+      <c r="I32" t="s">
+        <v>144</v>
+      </c>
+      <c r="J32" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
     <hyperlink ref="C8" r:id="rId7"/>
     <hyperlink ref="C9" r:id="rId8"/>
     <hyperlink ref="C10" r:id="rId9"/>
     <hyperlink ref="C11" r:id="rId10"/>
     <hyperlink ref="C12" r:id="rId11"/>
     <hyperlink ref="C13" r:id="rId12"/>
     <hyperlink ref="C14" r:id="rId13"/>
     <hyperlink ref="C15" r:id="rId14"/>
     <hyperlink ref="C16" r:id="rId15"/>
     <hyperlink ref="C17" r:id="rId16"/>
     <hyperlink ref="C18" r:id="rId17"/>
     <hyperlink ref="C19" r:id="rId18"/>
     <hyperlink ref="C20" r:id="rId19"/>
     <hyperlink ref="C21" r:id="rId20"/>
     <hyperlink ref="C22" r:id="rId21"/>
     <hyperlink ref="C23" r:id="rId22"/>
     <hyperlink ref="C24" r:id="rId23"/>
     <hyperlink ref="C25" r:id="rId24"/>
     <hyperlink ref="C26" r:id="rId25"/>
     <hyperlink ref="C27" r:id="rId26"/>
     <hyperlink ref="C28" r:id="rId27"/>
     <hyperlink ref="C29" r:id="rId28"/>
     <hyperlink ref="C30" r:id="rId29"/>
+    <hyperlink ref="C31" r:id="rId30"/>
+    <hyperlink ref="C32" r:id="rId31"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Standards</vt:lpstr>
     </vt:vector>