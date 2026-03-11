--- v1 (2026-01-17)
+++ v2 (2026-03-11)
@@ -452,51 +452,51 @@
   <si>
     <t>Service Management is defined as the management and implementation of digital and technology IT services that meet business needs through a set of best practices and collaboration between IT, processes, and people.</t>
   </si>
   <si>
     <t>IT Operations</t>
   </si>
   <si>
     <t>IT Service Management</t>
   </si>
   <si>
     <t>Angus Rae</t>
   </si>
   <si>
     <t>angus.rae@education.gov.uk</t>
   </si>
   <si>
     <t>Andy McBeath, Steve Goff, Ushma Gill</t>
   </si>
   <si>
     <t>andy.mcbeath@education.gov.uk, steven.goff@education.gov.uk, ushma.gill@education.gov.uk</t>
   </si>
   <si>
     <t>Total number of standards: 31</t>
   </si>
   <si>
-    <t>Date produced: 17 Jan 2026, 02:13</t>
+    <t>Date produced: 11 Mar 2026, 14:11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
     </font>
     <font>
       <u/>
       <color rgb="0563C1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>